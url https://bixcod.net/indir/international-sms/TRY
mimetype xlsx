--- v0 (2025-11-12)
+++ v1 (2026-03-16)
@@ -12,1505 +12,1502 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6693</t>
+    <t>9,1718</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0881</t>
+    <t>5,383</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,1761</t>
+    <t>10,766</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,8571</t>
+    <t>13,6025</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,7417</t>
+    <t>12,4224</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,589</t>
+    <t>10,1449</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,5186</t>
+    <t>5,8385</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbeycan</t>
   </si>
   <si>
-    <t>16,6341</t>
+    <t>17,5983</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2838</t>
+    <t>5,5901</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3718</t>
+    <t>10,9731</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,6986</t>
+    <t>14,4928</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,0235</t>
+    <t>8,4886</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1311</t>
+    <t>3,3126</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,0372</t>
+    <t>11,677</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,3288</t>
+    <t>13,0435</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,3503</t>
+    <t>12,0083</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,4814</t>
+    <t>15,3209</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1507</t>
+    <t>3,3333</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,2074</t>
+    <t>4,4513</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>115,4599</t>
+    <t>122,1532</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,6321</t>
+    <t>8,0745</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,3386</t>
+    <t>7,764</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,3933</t>
+    <t>8,8799</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,6536</t>
+    <t>7,0393</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6967</t>
+    <t>4,9689</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0665</t>
+    <t>6,4182</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,8474</t>
+    <t>18,882</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,5225</t>
+    <t>3,7267</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,045</t>
+    <t>7,4534</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,0744</t>
+    <t>12,7743</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,953</t>
+    <t>4,1822</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2407</t>
+    <t>7,6605</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,2211</t>
+    <t>18,2195</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,4149</t>
+    <t>8,9027</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,9804</t>
+    <t>10,559</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,0176</t>
+    <t>11,6563</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8865</t>
+    <t>8,3437</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1977</t>
+    <t>9,7308</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,4168</t>
+    <t>18,4265</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,7632</t>
+    <t>11,3872</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,8063</t>
+    <t>9,3168</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,7202</t>
+    <t>13,4576</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,6223</t>
+    <t>13,354</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3483</t>
+    <t>2,4845</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,726</t>
+    <t>10,2899</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,6556</t>
+    <t>16,5631</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3953</t>
+    <t>19,4617</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,8278</t>
+    <t>8,2816</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,4795</t>
+    <t>16,3768</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,1546</t>
+    <t>11,8012</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,2622</t>
+    <t>6,6253</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,002</t>
+    <t>9,5238</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,4364</t>
+    <t>7,8675</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,09</t>
+    <t>14,9068</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,1409</t>
+    <t>8,6128</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,4521</t>
-[...1 lines deleted...]
-  <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,9432</t>
+    <t>9,4617</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,9374</t>
+    <t>12,6294</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,6595</t>
+    <t>14,4513</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,1096</t>
+    <t>4,3478</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3933</t>
+    <t>9,9379</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,8493</t>
+    <t>7,2464</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4795</t>
+    <t>5,7971</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,5675</t>
+    <t>11,1801</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,4834</t>
+    <t>24,8447</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,6301</t>
+    <t>19,7101</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,7358</t>
+    <t>5,0104</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,8376</t>
+    <t>24,1615</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,3268</t>
+    <t>3,5197</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,9159</t>
+    <t>13,6646</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3777</t>
+    <t>7,8054</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,6125</t>
+    <t>18,6335</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,5029</t>
+    <t>14,2857</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8924</t>
+    <t>5,176</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4579</t>
+    <t>6,8323</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,1879</t>
+    <t>15,0104</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7182</t>
+    <t>3,9337</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,546</t>
+    <t>12,2153</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,2446</t>
+    <t>26,7081</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5753</t>
+    <t>6,9565</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9589</t>
+    <t>11,5942</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,1037</t>
+    <t>7,5155</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,82</t>
+    <t>12,5052</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,7534</t>
+    <t>16,6667</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,8943</t>
+    <t>14,6998</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,3855</t>
+    <t>14,1615</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,6027</t>
+    <t>13,3333</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,1115</t>
+    <t>13,8716</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,501</t>
+    <t>4,7619</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5656</t>
+    <t>1,6563</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,5695</t>
+    <t>20,7039</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1544,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,4129</t>
+    <t>20,5383</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,272</t>
+    <t>11,9255</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>
@@ -3365,1634 +3362,1634 @@
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>256</v>
       </c>
       <c r="C101" t="s">
         <v>257</v>
       </c>
       <c r="D101" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>259</v>
       </c>
       <c r="C102" t="s">
         <v>260</v>
       </c>
-      <c r="D102" t="s">
-        <v>261</v>
+      <c r="D102">
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>261</v>
+      </c>
+      <c r="C103" t="s">
         <v>262</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>264</v>
+      </c>
+      <c r="C104" t="s">
         <v>265</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>267</v>
+      </c>
+      <c r="C105" t="s">
         <v>268</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>270</v>
+      </c>
+      <c r="C106" t="s">
         <v>271</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>273</v>
+      </c>
+      <c r="C107" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D107" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>275</v>
+      </c>
+      <c r="C108" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>277</v>
+      </c>
+      <c r="C109" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>279</v>
+      </c>
+      <c r="C110" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D110" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>281</v>
+      </c>
+      <c r="C111" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
+        <v>283</v>
+      </c>
+      <c r="C112" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>285</v>
+      </c>
+      <c r="C113" t="s">
         <v>286</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>288</v>
+      </c>
+      <c r="C114" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D114" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
+        <v>290</v>
+      </c>
+      <c r="C115" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D115" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>292</v>
+      </c>
+      <c r="C116" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D116" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>294</v>
+      </c>
+      <c r="C117" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
+        <v>296</v>
+      </c>
+      <c r="C118" t="s">
         <v>297</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>299</v>
+      </c>
+      <c r="C119" t="s">
         <v>300</v>
       </c>
-      <c r="C119" t="s">
-[...3 lines deleted...]
-        <v>261</v>
+      <c r="D119">
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>301</v>
+      </c>
+      <c r="C120" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D120" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>303</v>
+      </c>
+      <c r="C121" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>305</v>
+      </c>
+      <c r="C122" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D122" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
+        <v>307</v>
+      </c>
+      <c r="C123" t="s">
         <v>308</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>310</v>
+      </c>
+      <c r="C124" t="s">
         <v>311</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>313</v>
+      </c>
+      <c r="C125" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="D125" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
+        <v>315</v>
+      </c>
+      <c r="C126" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D126" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
+        <v>317</v>
+      </c>
+      <c r="C127" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="D127" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>319</v>
+      </c>
+      <c r="C128" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D128" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>321</v>
+      </c>
+      <c r="C129" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D129" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
+        <v>323</v>
+      </c>
+      <c r="C130" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
+        <v>325</v>
+      </c>
+      <c r="C131" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>327</v>
+      </c>
+      <c r="C132" t="s">
         <v>328</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
+        <v>330</v>
+      </c>
+      <c r="C133" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>332</v>
+      </c>
+      <c r="C134" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>334</v>
+      </c>
+      <c r="C135" t="s">
         <v>335</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
+        <v>337</v>
+      </c>
+      <c r="C136" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>339</v>
+      </c>
+      <c r="C137" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="D137" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
+        <v>341</v>
+      </c>
+      <c r="C138" t="s">
         <v>342</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
+        <v>344</v>
+      </c>
+      <c r="C139" t="s">
         <v>345</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
+        <v>346</v>
+      </c>
+      <c r="C140" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>348</v>
+      </c>
+      <c r="C141" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>350</v>
+      </c>
+      <c r="C142" t="s">
         <v>351</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
+        <v>353</v>
+      </c>
+      <c r="C143" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="D143" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
+        <v>355</v>
+      </c>
+      <c r="C144" t="s">
         <v>356</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>358</v>
+      </c>
+      <c r="C145" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D145" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
+        <v>360</v>
+      </c>
+      <c r="C146" t="s">
         <v>361</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
+        <v>363</v>
+      </c>
+      <c r="C147" t="s">
         <v>364</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>366</v>
+      </c>
+      <c r="C148" t="s">
         <v>367</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
+        <v>369</v>
+      </c>
+      <c r="C149" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
+        <v>371</v>
+      </c>
+      <c r="C150" t="s">
         <v>372</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
+        <v>374</v>
+      </c>
+      <c r="C151" t="s">
         <v>375</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
+        <v>377</v>
+      </c>
+      <c r="C152" t="s">
         <v>378</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
+        <v>380</v>
+      </c>
+      <c r="C153" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
+        <v>382</v>
+      </c>
+      <c r="C154" t="s">
         <v>383</v>
       </c>
-      <c r="C154" t="s">
+      <c r="D154" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
+        <v>385</v>
+      </c>
+      <c r="C155" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>387</v>
+      </c>
+      <c r="C156" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D156" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
+        <v>389</v>
+      </c>
+      <c r="C157" t="s">
         <v>390</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
+        <v>392</v>
+      </c>
+      <c r="C158" t="s">
         <v>393</v>
       </c>
-      <c r="C158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
+        <v>394</v>
+      </c>
+      <c r="C159" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="D159" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
+        <v>396</v>
+      </c>
+      <c r="C160" t="s">
         <v>397</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
+        <v>399</v>
+      </c>
+      <c r="C161" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
+        <v>401</v>
+      </c>
+      <c r="C162" t="s">
         <v>402</v>
       </c>
-      <c r="C162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
+        <v>403</v>
+      </c>
+      <c r="C163" t="s">
         <v>404</v>
       </c>
-      <c r="C163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
+        <v>405</v>
+      </c>
+      <c r="C164" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
+        <v>407</v>
+      </c>
+      <c r="C165" t="s">
         <v>408</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>410</v>
+      </c>
+      <c r="C166" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="D166" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
+        <v>412</v>
+      </c>
+      <c r="C167" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="D167" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
+        <v>414</v>
+      </c>
+      <c r="C168" t="s">
         <v>415</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
+        <v>417</v>
+      </c>
+      <c r="C169" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
+        <v>419</v>
+      </c>
+      <c r="C170" t="s">
         <v>420</v>
       </c>
-      <c r="C170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
+        <v>421</v>
+      </c>
+      <c r="C171" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
+        <v>423</v>
+      </c>
+      <c r="C172" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="D172" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
+        <v>425</v>
+      </c>
+      <c r="C173" t="s">
         <v>426</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
+        <v>428</v>
+      </c>
+      <c r="C174" t="s">
         <v>429</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
+        <v>431</v>
+      </c>
+      <c r="C175" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="D175" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
+        <v>433</v>
+      </c>
+      <c r="C176" t="s">
         <v>434</v>
       </c>
-      <c r="C176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
+        <v>435</v>
+      </c>
+      <c r="C177" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="D177" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
+        <v>437</v>
+      </c>
+      <c r="C178" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D178" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
+        <v>439</v>
+      </c>
+      <c r="C179" t="s">
         <v>440</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
+        <v>442</v>
+      </c>
+      <c r="C180" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D180" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
+        <v>444</v>
+      </c>
+      <c r="C181" t="s">
         <v>445</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
+        <v>447</v>
+      </c>
+      <c r="C182" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
+        <v>449</v>
+      </c>
+      <c r="C183" t="s">
         <v>450</v>
       </c>
-      <c r="C183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>451</v>
+      </c>
+      <c r="C184" t="s">
         <v>452</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
+        <v>453</v>
+      </c>
+      <c r="C185" t="s">
         <v>454</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
+        <v>456</v>
+      </c>
+      <c r="C186" t="s">
         <v>457</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
+        <v>459</v>
+      </c>
+      <c r="C187" t="s">
         <v>460</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
+        <v>462</v>
+      </c>
+      <c r="C188" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="D188" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
+        <v>464</v>
+      </c>
+      <c r="C189" t="s">
         <v>465</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
+        <v>466</v>
+      </c>
+      <c r="C190" t="s">
         <v>467</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
+        <v>469</v>
+      </c>
+      <c r="C191" t="s">
         <v>470</v>
       </c>
-      <c r="C191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
+        <v>471</v>
+      </c>
+      <c r="C192" t="s">
         <v>472</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
+        <v>474</v>
+      </c>
+      <c r="C193" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
+        <v>476</v>
+      </c>
+      <c r="C194" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
+        <v>478</v>
+      </c>
+      <c r="C195" t="s">
         <v>479</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>481</v>
+      </c>
+      <c r="C196" t="s">
         <v>482</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
+        <v>484</v>
+      </c>
+      <c r="C197" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
+        <v>486</v>
+      </c>
+      <c r="C198" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="D198" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
+        <v>488</v>
+      </c>
+      <c r="C199" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="D199" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
+        <v>490</v>
+      </c>
+      <c r="C200" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="D200" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
+        <v>492</v>
+      </c>
+      <c r="C201" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="D201" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
+        <v>494</v>
+      </c>
+      <c r="C202" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="D202" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
+        <v>496</v>
+      </c>
+      <c r="C203" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="D203" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
+        <v>498</v>
+      </c>
+      <c r="C204" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D204" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
+        <v>500</v>
+      </c>
+      <c r="C205" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="D205" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
+        <v>502</v>
+      </c>
+      <c r="C206" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
+        <v>504</v>
+      </c>
+      <c r="C207" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
+        <v>506</v>
+      </c>
+      <c r="C208" t="s">
         <v>507</v>
       </c>
-      <c r="C208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
+        <v>508</v>
+      </c>
+      <c r="C209" t="s">
         <v>509</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
+        <v>511</v>
+      </c>
+      <c r="C210" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
+        <v>513</v>
+      </c>
+      <c r="C211" t="s">
         <v>514</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
+        <v>516</v>
+      </c>
+      <c r="C212" t="s">
         <v>517</v>
       </c>
-      <c r="C212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
+        <v>518</v>
+      </c>
+      <c r="C213" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D213" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
+        <v>520</v>
+      </c>
+      <c r="C214" t="s">
         <v>521</v>
       </c>
-      <c r="C214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
+        <v>522</v>
+      </c>
+      <c r="C215" t="s">
         <v>523</v>
       </c>
-      <c r="C215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D215" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">